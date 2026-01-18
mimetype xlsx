--- v0 (2025-10-09)
+++ v1 (2026-01-18)
@@ -1,351 +1,385 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20416"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fehervari.hajnalka\Desktop\összes mappa\Honlap\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\bertag\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{34ED5098-0713-4719-96BA-667F475ABB46}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0F522516-663B-4481-8B06-B71BFDF1C0DF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="8940" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Munka1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="89" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="67">
   <si>
     <t>Intézményvezető:</t>
   </si>
   <si>
     <t>Fehérvári Hajnalka</t>
   </si>
   <si>
     <t xml:space="preserve">Beosztás </t>
   </si>
   <si>
     <t>Név</t>
   </si>
   <si>
     <t>Telefonszám</t>
   </si>
   <si>
     <t>Elektronikus levélcím</t>
   </si>
   <si>
     <t>70/684-5878</t>
   </si>
   <si>
     <t>fehervari.hajnalka@remenysugaragori.hu</t>
   </si>
   <si>
     <t>Intézményvezető helyettes</t>
   </si>
   <si>
     <t>Gazdasági csoportvezető</t>
   </si>
   <si>
     <t>Hegedűs Éva</t>
   </si>
   <si>
     <t>30/240-8181</t>
   </si>
   <si>
-    <t>gazdasagi@remenysugaragori.hu</t>
-[...4 lines deleted...]
-  <si>
     <t>Központ:2660 Balassagyarmat, Szontágh Pál u. 44.</t>
   </si>
   <si>
     <t>Részlegvezető</t>
   </si>
   <si>
     <t>igazgato.helyettes@remenysugaragori.hu</t>
   </si>
   <si>
-    <t>70/396-0230</t>
-[...1 lines deleted...]
-  <si>
     <t>reszlegvezeto.remenysugar@remenysugaragori.hu</t>
   </si>
   <si>
     <t>Élelmezésvezető</t>
   </si>
   <si>
     <t>Terápiás csoportvezető</t>
   </si>
   <si>
     <t>Vezető ápoló</t>
   </si>
   <si>
-    <t>35/300-844</t>
-[...1 lines deleted...]
-  <si>
     <t>pedagogia.remenysugar@remenysugaragori.hu</t>
   </si>
   <si>
     <t>apolas.remenysugar@remenysugaragori.hu</t>
   </si>
   <si>
     <t>Bozány Fanni</t>
   </si>
   <si>
-    <t>35/300-844/20</t>
-[...1 lines deleted...]
-  <si>
     <t>elelmezesvezeto.remenysugar@remenysugaragori.hu</t>
   </si>
   <si>
     <t>Telephelyek:</t>
   </si>
   <si>
     <t xml:space="preserve"> Cím: 2660 Balassagyarmat, Szontágh Pál u. 44.</t>
   </si>
   <si>
     <t>Cím: 2643 Diósjenő, Kastély hrsz.0144.</t>
   </si>
   <si>
     <t>Ferenczi Tünde</t>
   </si>
   <si>
-    <t>30/240-8156</t>
-[...1 lines deleted...]
-  <si>
     <t>reszlegvezeto.gollesz@remenysugaragori.hu</t>
   </si>
   <si>
-    <t>30/577-4136</t>
-[...1 lines deleted...]
-  <si>
     <t>apolas.gollesz@remenysugaragori.hu</t>
   </si>
   <si>
-    <t>35/364-122</t>
-[...1 lines deleted...]
-  <si>
     <t>elemezes.gollesz@remenysugaragori.hu</t>
   </si>
   <si>
     <t>Cím: 2687 Bercel, Petőfi út 2.</t>
   </si>
   <si>
     <t>apolas.harmonia@remenysugaragori.hu</t>
   </si>
   <si>
     <t>elelmezes.harmonia@remenysugaragori.hu</t>
   </si>
   <si>
     <t>pedagogia.gollesz@remenysugaragori.hu</t>
   </si>
   <si>
     <t>Dan Zsigmond</t>
   </si>
   <si>
     <t>pedagogia.harmonia@remenysugaragori.hu</t>
   </si>
   <si>
     <t>Cserép Júlia</t>
   </si>
   <si>
     <t>Részlegvezető (megbízott)</t>
   </si>
   <si>
     <t>Kissné Török Ildikó</t>
   </si>
   <si>
     <t>35/384-011</t>
   </si>
   <si>
     <t>Cím: 2687 Bercel, Kenderváros út 23.</t>
   </si>
   <si>
     <t>3.  Nógrád Megyei Reménysugár Egyesített Szociális Intézmény Szolgáltató Központ Rövid név: NMRESZI Szolgáltató Központ</t>
   </si>
   <si>
     <t>Hodbabni Mónika</t>
   </si>
   <si>
-    <t>30/240-8330</t>
-[...4 lines deleted...]
-  <si>
     <t>Szakmai Vezető Szolgáltató Központ</t>
   </si>
   <si>
     <t>30/240-7939</t>
   </si>
   <si>
-    <t>Székhely: Reménysugár Integrált Szociális és Gyermekvédelmi Intézmény Nógrád Vármegye, Rövidített név: Reménysugár Int. Szoc. Gyv. Int. NV</t>
-[...10 lines deleted...]
-  <si>
     <t>Pobori Lászlóné</t>
   </si>
   <si>
-    <t>2.  Reménysugár Integrált Szociális és Gyermekvédelmi Intézmény Nógrád Vármegye Harmónia Otthon Bercel, Rövid név:  Reménysugár Int. Szoc. Gyv. Int. NV</t>
-[...1 lines deleted...]
-  <si>
     <t>70-396-3360</t>
   </si>
   <si>
-    <t>3. Reménysugár Integrált Szociális és Gyermekvédelmi Intézmény Nógrád Vármegye Napfényotthon és Támogatott Lakhatás Bercel Rövidített név.Reménysugár Int. Szoc. Gyv. Int. NV</t>
-[...4 lines deleted...]
-  <si>
     <t>Nándori Andrea</t>
   </si>
   <si>
     <t>Szelesné Pusztai Szilvia</t>
   </si>
   <si>
-    <t>Kardos József</t>
-[...4 lines deleted...]
-  <si>
     <t>Gráczia Vivien</t>
   </si>
   <si>
-    <t>Jónás Renáta</t>
-[...4 lines deleted...]
-  <si>
     <t>Vezető ápoló mb.</t>
+  </si>
+  <si>
+    <t>Kaliczka Bernadett</t>
+  </si>
+  <si>
+    <t>tamogatottlakhatas.vezeto@remenysugaragori.hu</t>
+  </si>
+  <si>
+    <t>gazdasagi.vezeto@remenysugaragori.hu</t>
+  </si>
+  <si>
+    <t>Székhely: Reménysugár Integrált Szociális és Gyermekvédelmi Intézmény Nógrád Vármegye,
+ Rövid név: Reménysugár Int. Szoc. Gyv. Int. NV</t>
+  </si>
+  <si>
+    <t>1.Reménysugár Integrált Szociális és Gyermekvédelmi Intézmény Nógrád Vármegye Dr. Göllesz Viktor Otthon Diósjenő , 
+Rövid név:  Reménysugár Int. Szoc. Gyv. Int. NV</t>
+  </si>
+  <si>
+    <t>2.  Reménysugár Integrált Szociális és Gyermekvédelmi Intézmény Nógrád Vármegye Harmónia Otthon Bercel, 
+Rövid név:  Reménysugár Int. Szoc. Gyv. Int. NV</t>
+  </si>
+  <si>
+    <t>3. Reménysugár Integrált Szociális és Gyermekvédelmi Intézmény Nógrád Vármegye Napfényotthon és Támogatott Lakhatás Bercel 
+Rövid név.Reménysugár Int. Szoc. Gyv. Int. NV</t>
+  </si>
+  <si>
+    <t>70-396-0230</t>
+  </si>
+  <si>
+    <t>30-240 8123</t>
+  </si>
+  <si>
+    <t>30-240 8157</t>
+  </si>
+  <si>
+    <t>35-300-844/20</t>
+  </si>
+  <si>
+    <t>30-240-8156</t>
+  </si>
+  <si>
+    <t>35-364-122</t>
+  </si>
+  <si>
+    <t>35-384-011</t>
+  </si>
+  <si>
+    <t>30-240-8330</t>
+  </si>
+  <si>
+    <t>Verbói Tiborné</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="3" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="Constantia"/>
+      <family val="1"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="2">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="6">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="1" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hivatkozás" xfId="1" builtinId="8"/>
     <cellStyle name="Normál" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-téma">
@@ -587,458 +621,443 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elelmezesvezeto.remenysugar@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedagogia.gollesz@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tamogatottlakhatasbercel@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gazdasagi@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apolas.remenysugar@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elelmezes.harmonia@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedagogia.harmonia@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:igazgato.helyettes@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elelmezes.harmonia@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fehervari.hajnalka@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedagogia.remenysugar@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elemezes.gollesz@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reszlegvezeto.remenysugar@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apolas.harmonia@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apolas.gollesz@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gondnok@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reszlegvezeto.gollesz@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apolas.harmonia@remenysugaragori.hu" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apolas.gollesz@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apolas.harmonia@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reszlegvezeto.remenysugar@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reszlegvezeto.gollesz@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apolas.harmonia@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:igazgato.helyettes@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tamogatottlakhatas.vezeto@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fehervari.hajnalka@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elelmezesvezeto.remenysugar@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedagogia.gollesz@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apolas.remenysugar@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedagogia.harmonia@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elelmezes.harmonia@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedagogia.remenysugar@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elemezes.gollesz@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elelmezes.harmonia@remenysugaragori.hu" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A2:D41"/>
+  <dimension ref="A2:D40"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A16" workbookViewId="0">
-      <selection activeCell="B25" sqref="B25"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="B13" sqref="B13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="23.109375" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="22.21875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="45.28515625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="22.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="13" customWidth="1"/>
-    <col min="4" max="4" width="45.21875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="45.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A2" t="s">
+    <row r="2" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A2" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="B2" t="s">
+      <c r="B2" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="C2" t="s">
+      <c r="C2" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="D2" t="s">
+      <c r="D2" s="8" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="4" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:4" x14ac:dyDescent="0.3">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>0</v>
       </c>
       <c r="B5" t="s">
         <v>1</v>
       </c>
       <c r="C5" t="s">
         <v>6</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>65</v>
+        <v>48</v>
       </c>
       <c r="C6" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:4" x14ac:dyDescent="0.3">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
         <v>10</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
-      <c r="D7" s="1" t="s">
-[...4 lines deleted...]
-      <c r="A8" t="s">
+      <c r="D7" s="7" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D8" s="1"/>
+    </row>
+    <row r="10" spans="1:4" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" s="9"/>
+      <c r="C10" s="9"/>
+      <c r="D10" s="9"/>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>13</v>
+      </c>
+      <c r="B12" t="s">
+        <v>66</v>
+      </c>
+      <c r="C12" t="s">
+        <v>58</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A13" t="s">
+        <v>17</v>
+      </c>
+      <c r="B13" t="s">
+        <v>49</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A14" t="s">
+        <v>18</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A15" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" t="s">
+        <v>21</v>
+      </c>
+      <c r="C15" t="s">
+        <v>61</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A18" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="28.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="B19" s="9"/>
+      <c r="C19" s="9"/>
+      <c r="D19" s="9"/>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A20" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A21" t="s">
+        <v>13</v>
+      </c>
+      <c r="B21" t="s">
+        <v>26</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>17</v>
+      </c>
+      <c r="B22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C22" t="s">
         <v>63</v>
-      </c>
-[...105 lines deleted...]
-        <v>32</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="23" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
+        <v>51</v>
+      </c>
+      <c r="C23" t="s">
+        <v>63</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
+        <v>16</v>
+      </c>
+      <c r="B24" t="s">
+        <v>45</v>
+      </c>
+      <c r="C24" t="s">
+        <v>63</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" ht="27.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="B27" s="9"/>
+      <c r="C27" s="9"/>
+      <c r="D27" s="9"/>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A28" t="s">
+        <v>30</v>
+      </c>
+      <c r="D28" s="1"/>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A29" t="s">
+        <v>37</v>
+      </c>
+      <c r="B29" t="s">
+        <v>47</v>
+      </c>
+      <c r="C29" t="s">
+        <v>46</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A30" t="s">
+        <v>16</v>
+      </c>
+      <c r="B30" t="s">
+        <v>38</v>
+      </c>
+      <c r="C30" t="s">
+        <v>64</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="B33" s="9"/>
+      <c r="C33" s="9"/>
+      <c r="D33" s="9"/>
+    </row>
+    <row r="34" spans="1:4" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A35" t="s">
+        <v>37</v>
+      </c>
+      <c r="B35" t="s">
+        <v>36</v>
+      </c>
+      <c r="C35" t="s">
+        <v>46</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A36" t="s">
+        <v>17</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A37" t="s">
+        <v>18</v>
+      </c>
+      <c r="B37" t="s">
+        <v>36</v>
+      </c>
+      <c r="C37" t="s">
+        <v>46</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A38" t="s">
+        <v>16</v>
+      </c>
+      <c r="B38" t="s">
+        <v>38</v>
+      </c>
+      <c r="C38" t="s">
+        <v>39</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" ht="33.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="9" t="s">
+        <v>57</v>
+      </c>
+      <c r="B39" s="9"/>
+      <c r="C39" s="9"/>
+      <c r="D39" s="9"/>
+    </row>
+    <row r="40" spans="1:4" ht="30" x14ac:dyDescent="0.25">
+      <c r="A40" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B40" t="s">
         <v>42</v>
       </c>
-      <c r="C23" t="s">
-[...157 lines deleted...]
-      <c r="D41" s="1" t="s">
+      <c r="C40" t="s">
+        <v>65</v>
+      </c>
+      <c r="D40" s="6" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
-    <mergeCell ref="A20:D20"/>
-[...3 lines deleted...]
-    <mergeCell ref="A40:D40"/>
+    <mergeCell ref="A19:D19"/>
+    <mergeCell ref="A10:D10"/>
+    <mergeCell ref="A27:D27"/>
+    <mergeCell ref="A33:D33"/>
+    <mergeCell ref="A39:D39"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="D6" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
-    <hyperlink ref="D7" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
-[...14 lines deleted...]
-    <hyperlink ref="D41" r:id="rId18" xr:uid="{00000000-0004-0000-0000-000015000000}"/>
+    <hyperlink ref="D12" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
+    <hyperlink ref="D13" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
+    <hyperlink ref="D14" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
+    <hyperlink ref="D15" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
+    <hyperlink ref="D21" r:id="rId7" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
+    <hyperlink ref="D23" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
+    <hyperlink ref="D24" r:id="rId9" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
+    <hyperlink ref="D30" r:id="rId10" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
+    <hyperlink ref="D22" r:id="rId11" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
+    <hyperlink ref="D35" r:id="rId12" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
+    <hyperlink ref="D37" r:id="rId13" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
+    <hyperlink ref="D38" r:id="rId14" xr:uid="{00000000-0004-0000-0000-000012000000}"/>
+    <hyperlink ref="D36" r:id="rId15" xr:uid="{00000000-0004-0000-0000-000013000000}"/>
+    <hyperlink ref="D40" r:id="rId16" xr:uid="{522F74DE-C2F8-46E9-B77D-97508FFD0658}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="landscape" r:id="rId19"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId17"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Munkalapok</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Munka1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Lenovo</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>