--- v1 (2026-01-18)
+++ v2 (2026-03-10)
@@ -5,71 +5,71 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\bertag\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0F522516-663B-4481-8B06-B71BFDF1C0DF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F8D77EEA-B272-49BF-912B-5DB4F696D147}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Munka1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="68">
   <si>
     <t>Intézményvezető:</t>
   </si>
   <si>
     <t>Fehérvári Hajnalka</t>
   </si>
   <si>
     <t xml:space="preserve">Beosztás </t>
   </si>
   <si>
     <t>Név</t>
   </si>
   <si>
     <t>Telefonszám</t>
   </si>
   <si>
     <t>Elektronikus levélcím</t>
   </si>
   <si>
     <t>70/684-5878</t>
   </si>
   <si>
     <t>fehervari.hajnalka@remenysugaragori.hu</t>
   </si>
   <si>
@@ -99,53 +99,50 @@
   <si>
     <t>Élelmezésvezető</t>
   </si>
   <si>
     <t>Terápiás csoportvezető</t>
   </si>
   <si>
     <t>Vezető ápoló</t>
   </si>
   <si>
     <t>pedagogia.remenysugar@remenysugaragori.hu</t>
   </si>
   <si>
     <t>apolas.remenysugar@remenysugaragori.hu</t>
   </si>
   <si>
     <t>Bozány Fanni</t>
   </si>
   <si>
     <t>elelmezesvezeto.remenysugar@remenysugaragori.hu</t>
   </si>
   <si>
     <t>Telephelyek:</t>
   </si>
   <si>
-    <t xml:space="preserve"> Cím: 2660 Balassagyarmat, Szontágh Pál u. 44.</t>
-[...1 lines deleted...]
-  <si>
     <t>Cím: 2643 Diósjenő, Kastély hrsz.0144.</t>
   </si>
   <si>
     <t>Ferenczi Tünde</t>
   </si>
   <si>
     <t>reszlegvezeto.gollesz@remenysugaragori.hu</t>
   </si>
   <si>
     <t>apolas.gollesz@remenysugaragori.hu</t>
   </si>
   <si>
     <t>elemezes.gollesz@remenysugaragori.hu</t>
   </si>
   <si>
     <t>Cím: 2687 Bercel, Petőfi út 2.</t>
   </si>
   <si>
     <t>apolas.harmonia@remenysugaragori.hu</t>
   </si>
   <si>
     <t>elelmezes.harmonia@remenysugaragori.hu</t>
   </si>
   <si>
     <t>pedagogia.gollesz@remenysugaragori.hu</t>
@@ -187,93 +184,99 @@
     <t>Pobori Lászlóné</t>
   </si>
   <si>
     <t>70-396-3360</t>
   </si>
   <si>
     <t>Nándori Andrea</t>
   </si>
   <si>
     <t>Szelesné Pusztai Szilvia</t>
   </si>
   <si>
     <t>Gráczia Vivien</t>
   </si>
   <si>
     <t>Vezető ápoló mb.</t>
   </si>
   <si>
     <t>Kaliczka Bernadett</t>
   </si>
   <si>
     <t>tamogatottlakhatas.vezeto@remenysugaragori.hu</t>
   </si>
   <si>
     <t>gazdasagi.vezeto@remenysugaragori.hu</t>
-  </si>
-[...2 lines deleted...]
- Rövid név: Reménysugár Int. Szoc. Gyv. Int. NV</t>
   </si>
   <si>
     <t>1.Reménysugár Integrált Szociális és Gyermekvédelmi Intézmény Nógrád Vármegye Dr. Göllesz Viktor Otthon Diósjenő , 
 Rövid név:  Reménysugár Int. Szoc. Gyv. Int. NV</t>
   </si>
   <si>
     <t>2.  Reménysugár Integrált Szociális és Gyermekvédelmi Intézmény Nógrád Vármegye Harmónia Otthon Bercel, 
 Rövid név:  Reménysugár Int. Szoc. Gyv. Int. NV</t>
   </si>
   <si>
     <t>3. Reménysugár Integrált Szociális és Gyermekvédelmi Intézmény Nógrád Vármegye Napfényotthon és Támogatott Lakhatás Bercel 
 Rövid név.Reménysugár Int. Szoc. Gyv. Int. NV</t>
   </si>
   <si>
     <t>70-396-0230</t>
   </si>
   <si>
     <t>30-240 8123</t>
   </si>
   <si>
     <t>30-240 8157</t>
   </si>
   <si>
     <t>35-300-844/20</t>
   </si>
   <si>
     <t>30-240-8156</t>
   </si>
   <si>
     <t>35-364-122</t>
   </si>
   <si>
     <t>35-384-011</t>
   </si>
   <si>
     <t>30-240-8330</t>
   </si>
   <si>
     <t>Verbói Tiborné</t>
+  </si>
+  <si>
+    <t>Cím: 2660 Balassagyarmat, Szontágh Pál u. 44.</t>
+  </si>
+  <si>
+    <t>Székhely: Reménysugár Integrált Szociális és Gyermekvédelmi Intézmény Nógrád Vármegye,
+Rövid név: Reménysugár Int. Szoc. Gyv. Int. NV</t>
+  </si>
+  <si>
+    <t>Forrási Enikő</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -629,390 +632,393 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apolas.gollesz@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apolas.harmonia@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reszlegvezeto.remenysugar@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reszlegvezeto.gollesz@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apolas.harmonia@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:igazgato.helyettes@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tamogatottlakhatas.vezeto@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fehervari.hajnalka@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elelmezesvezeto.remenysugar@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedagogia.gollesz@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apolas.remenysugar@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedagogia.harmonia@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elelmezes.harmonia@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedagogia.remenysugar@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elemezes.gollesz@remenysugaragori.hu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elelmezes.harmonia@remenysugaragori.hu" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A2:D40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B13" sqref="B13"/>
+      <selection activeCell="B14" sqref="B14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="45.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="13" customWidth="1"/>
     <col min="4" max="4" width="45.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="8" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>0</v>
       </c>
       <c r="B5" t="s">
         <v>1</v>
       </c>
       <c r="C5" t="s">
         <v>6</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="C6" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
         <v>10</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="D8" s="1"/>
     </row>
     <row r="10" spans="1:4" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="9" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="B10" s="9"/>
       <c r="C10" s="9"/>
       <c r="D10" s="9"/>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>13</v>
       </c>
       <c r="B12" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="C12" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
         <v>17</v>
       </c>
       <c r="B13" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>18</v>
       </c>
+      <c r="B14" t="s">
+        <v>67</v>
+      </c>
       <c r="C14" s="5" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
         <v>16</v>
       </c>
       <c r="B15" t="s">
         <v>21</v>
       </c>
       <c r="C15" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="28.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="9" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B19" s="9"/>
       <c r="C19" s="9"/>
       <c r="D19" s="9"/>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>13</v>
       </c>
       <c r="B21" t="s">
+        <v>25</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="D21" s="1" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
         <v>17</v>
       </c>
       <c r="B22" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C22" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
         <v>16</v>
       </c>
       <c r="B24" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C24" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:4" ht="27.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="9" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B27" s="9"/>
       <c r="C27" s="9"/>
       <c r="D27" s="9"/>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D28" s="1"/>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B29" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C29" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>16</v>
       </c>
       <c r="B30" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C30" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:4" hidden="1" x14ac:dyDescent="0.25">
       <c r="A33" s="9" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B33" s="9"/>
       <c r="C33" s="9"/>
       <c r="D33" s="9"/>
     </row>
     <row r="34" spans="1:4" hidden="1" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="35" spans="1:4" hidden="1" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B35" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C35" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:4" hidden="1" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
         <v>17</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="37" spans="1:4" hidden="1" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C37" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="38" spans="1:4" hidden="1" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
         <v>16</v>
       </c>
       <c r="B38" t="s">
+        <v>37</v>
+      </c>
+      <c r="C38" t="s">
         <v>38</v>
       </c>
-      <c r="C38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D38" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="39" spans="1:4" ht="33.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="9" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B39" s="9"/>
       <c r="C39" s="9"/>
       <c r="D39" s="9"/>
     </row>
     <row r="40" spans="1:4" ht="30" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B40" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C40" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A19:D19"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="A27:D27"/>
     <mergeCell ref="A33:D33"/>
     <mergeCell ref="A39:D39"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="D6" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="D12" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
     <hyperlink ref="D13" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
     <hyperlink ref="D14" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
     <hyperlink ref="D15" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
     <hyperlink ref="D21" r:id="rId7" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
     <hyperlink ref="D23" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
     <hyperlink ref="D24" r:id="rId9" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
     <hyperlink ref="D30" r:id="rId10" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
     <hyperlink ref="D22" r:id="rId11" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
     <hyperlink ref="D35" r:id="rId12" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
     <hyperlink ref="D37" r:id="rId13" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
     <hyperlink ref="D38" r:id="rId14" xr:uid="{00000000-0004-0000-0000-000012000000}"/>